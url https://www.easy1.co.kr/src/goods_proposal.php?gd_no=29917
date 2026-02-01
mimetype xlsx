--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -30,51 +30,51 @@
   <sheets>
     <sheet name="상품제안서" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'상품제안서'!$A$1:$L$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>소프트 에코 크로스백 [BG114] | 상품코드: F29917</t>
   </si>
   <si>
     <t>02-412-0044</t>
   </si>
   <si>
     <t>www.easy1.co.kr</t>
   </si>
   <si>
     <t>【상세/제작정보】</t>
   </si>
   <si>
-    <t>- 배송비 발생 기준 수량 : 70
+    <t>- 배송비 발생 기준 수량 : 60
 - 배송비 : 제품별 일정 수량당 5000원. (샘플비는 3천원)/ (제주도 및 도서산간지역 (박스당)추가배송비 발생.)/ (화물 및 퀵비는 별도) (인쇄비 제외, 제품가 기준, 1곳배송지 기준)</t>
   </si>
   <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
     <t>실크 / OPP(비닐)</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>100~</t>
   </si>
   <si>
     <t>300~</t>
   </si>
   <si>
     <t>500~</t>
   </si>
   <si>
     <t>1,000~</t>
@@ -338,51 +338,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09fb248f3072a4515273789ee8bf2d42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7e8b5f05eafd81a8e8f06ef1cc90cc2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1571625" cy="352425"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 5" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>