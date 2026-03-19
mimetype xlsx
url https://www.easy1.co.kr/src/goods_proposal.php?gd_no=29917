--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -338,51 +338,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7e8b5f05eafd81a8e8f06ef1cc90cc2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e8014100dd44b303f88cbb5e56045932.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1571625" cy="352425"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 5" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>