--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -322,51 +322,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e4ec61d78b957b69ca37e5e0fa7d7712.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1a09f8abd8f20cf78c7434231336dd2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1571625" cy="352425"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 5" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>