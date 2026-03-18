--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -18,63 +18,63 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="상품제안서" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'상품제안서'!$A$1:$L$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
-    <t>JE담요세트+스탠리 어드벤처 스태킹 비어 파인트473ml | 상품코드: F31745</t>
+    <t>JE담요세트+스탠리 어드벤처 스태킹 파인트473ml | 상품코드: F31745</t>
   </si>
   <si>
     <t>02-412-0044</t>
   </si>
   <si>
     <t>www.easy1.co.kr</t>
   </si>
   <si>
     <t>【상세/제작정보】</t>
   </si>
   <si>
-    <t>&lt;p&gt;&lt;b style="font-family: &amp;quot;Nanum Gothic&amp;quot;, sans-serif; letter-spacing: -0.3px; text-align: center; margin-top: 0px; font-size: 12pt;"&gt;&amp;nbsp; &lt;/b&gt;&lt;b style="font-family: &amp;quot;Nanum Gothic&amp;quot;, sans-serif; letter-spacing: -0.3px; text-align: center; margin-top: 0px; font-size: 12pt;"&gt;** 100개 미만인쇄&lt;/b&gt;&lt;/p&gt;&lt;div class="dsc" align="left" style="margin: 0px 0px 50px; padding: 0px; border: 0px; font-family: &amp;quot;Nanum Gothic&amp;quot;, sans-serif; font-size: 15px; letter-spacing: -0.3px;"&gt;&lt;p align="justify" style="text-align: justify; word-break: break-all;"&gt;&lt;b style="margin-top: 0px; font-size: 12pt;"&gt;&amp;nbsp; &amp;nbsp;- 60000원 별도 / 레이저&lt;/b&gt;&lt;/p&gt;&lt;p align="justify" style="text-align: justify; word-break: break-all;"&gt;&lt;b style="margin-top: 0px; font-size: 12pt;"&gt;&amp;nbsp; &amp;nbsp;- 200000원 별도 /&amp;nbsp;&lt;/b&gt;&lt;span style="font-size: 16px;"&gt;&lt;b style="margin-top: 0px;"&gt;컬러필름인쇄&lt;/b&gt;&lt;/span&gt;&lt;/p&gt;&lt;p align="justify" style="text-align: justify; word-break: break-all;"&gt;&lt;b style="letter-spacing: -0.3px; margin-top: 0px; font-size: 12pt;"&gt;**&amp;nbsp;&lt;/b&gt;&lt;b style="letter-spacing: -0.3px; margin-top: 0px; font-size: 12pt;"&gt;포장지포장&lt;/b&gt;&lt;b style="letter-spacing: -0.3px; margin-top: 0px; font-size: 12pt;"&gt;​- 개당 800원 별도&lt;/b&gt;&lt;b style="letter-spacing: -0.3px; font-size: 12pt;"&gt;​​&lt;/b&gt;&lt;/p&gt;&lt;p align="justify" style="text-align: justify; word-break: break-all;"&gt;&lt;b style="margin-top: 0px; font-size: 12pt;"&gt;** 배송비별도&lt;/b&gt;&lt;/p&gt;&lt;p align="justify" style="text-align: justify; word-break: break-all;"&gt;&lt;b style="margin-top: 0px; font-size: 12pt;"&gt;&lt;br&gt;&lt;/b&gt;&lt;/p&gt;&lt;p align="justify" style="text-align: justify; word-break: break-all;"&gt;&lt;span style="margin-top: 0px; font-size: 12pt;"&gt;&lt;span style="margin-top: 0px; font-size: 24pt;"&gt;&lt;b style="margin-top: 0px;"&gt;** 재고확인 필수!! 단품상담!! / 대량수량 전문!!!&lt;/b&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p align="justify" style="text-align: justify; word-break: break-all;"&gt;&lt;span style="letter-spacing: -0.3px; text-align: center; margin-top: 0px; font-size: 12pt;"&gt;&lt;span style="text-align: justify; font-size: 15px; letter-spacing: -0.3px; margin-top: 0px;"&gt;&lt;span style="margin-top: 0px; font-size: 12pt;"&gt;&lt;span style="margin-top: 0px; font-size: 24pt;"&gt;&lt;b&gt;&amp;nbsp; &amp;nbsp; 02) 412-0044 상담부탁드립니다&lt;/b&gt;&lt;/span&gt;&lt;/span&gt;&lt;span style="font-weight: bold; font-size: 24pt;"&gt;&amp;nbsp; &amp;nbsp;&lt;/span&gt;&lt;/span&gt;&lt;b&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;&lt;/b&gt;&lt;/span&gt;&lt;/p&gt;&lt;/div&gt;</t>
+    <t>&lt;p&gt;&lt;b style="font-family: &amp;quot;Nanum Gothic&amp;quot;, sans-serif; letter-spacing: -0.3px; text-align: center; margin-top: 0px; font-size: 12pt;"&gt;&amp;nbsp;&lt;/b&gt;&lt;b style="font-family: &amp;quot;Nanum Gothic&amp;quot;, sans-serif; letter-spacing: -0.3px; margin-top: 0px; font-size: 12pt;"&gt;** 100개 미만인쇄&lt;/b&gt;&lt;/p&gt;&lt;div class="dsc" style="margin: 0px 0px 50px; padding: 0px; border: 0px; font-family: &amp;quot;Nanum Gothic&amp;quot;, sans-serif; font-size: 15px; letter-spacing: -0.3px; text-align: center;"&gt;&lt;div class="dsc" align="center" style="margin: 0px 0px 50px; padding: 0px; border: 0px; letter-spacing: -0.3px;"&gt;&lt;p align="left" style="word-break: break-all; text-align: left;"&gt;&lt;span style="margin-top: 0px; font-size: 12pt;"&gt;&lt;b style="margin-top: 0px;"&gt;&amp;nbsp; &amp;nbsp;- 100000원 별도 / 레이저&lt;/b&gt;&lt;/span&gt;&lt;/p&gt;&lt;p align="left" style="word-break: break-all; text-align: left;"&gt;&lt;b style="margin-top: 0px;"&gt;&lt;span style="margin-top: 0px; font-size: 12pt;"&gt;&amp;nbsp; &amp;nbsp;- 200000원 별도 /&amp;nbsp;&lt;/span&gt;&lt;span style="font-size: 16px;"&gt;&lt;span style="margin-top: 0px;"&gt;컬러필름인쇄&lt;/span&gt;&lt;/span&gt;&lt;/b&gt;&lt;/p&gt;&lt;p align="left" style="word-break: break-all; text-align: left;"&gt;&lt;b style="margin-top: 0px;"&gt;&lt;span style="margin-top: 0px; letter-spacing: -0.3px; font-size: 12pt;"&gt;**&amp;nbsp;&lt;/span&gt;&lt;span style="letter-spacing: -0.3px; margin-top: 0px; font-size: 12pt;"&gt;포장지포장&lt;/span&gt;&lt;span style="letter-spacing: -0.3px; margin-top: 0px; font-size: 12pt;"&gt;​- 개당 800원 별도&lt;/span&gt;&lt;span style="letter-spacing: -0.3px; font-size: 12pt;"&gt;​​&lt;/span&gt;&lt;/b&gt;&lt;/p&gt;&lt;p align="left" style="word-break: break-all; text-align: left;"&gt;&lt;span style="margin-top: 0px; font-size: 12pt;"&gt;&lt;b style="margin-top: 0px;"&gt;** 배송비별도&lt;/b&gt;&lt;/span&gt;&lt;/p&gt;&lt;p align="justify" style="word-break: break-all; text-align: left;"&gt;&lt;b style="margin-top: 0px; font-size: 12pt;"&gt;&lt;br&gt;&lt;/b&gt;&lt;/p&gt;&lt;p align="justify" style="word-break: break-all; text-align: justify;"&gt;&lt;span style="margin-top: 0px; font-size: 12pt;"&gt;&lt;span style="margin-top: 0px; font-size: 24pt;"&gt;&lt;b style="margin-top: 0px;"&gt;** 재고확인 필수!! 단품상담!! / 대량수량 전문!!!&lt;/b&gt;&lt;/span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p align="justify" style="word-break: break-all; text-align: justify;"&gt;&lt;b style="margin-top: 0px; letter-spacing: -0.3px;"&gt;&lt;span style="margin-top: 0px; font-size: 12pt;"&gt;&lt;span style="margin-top: 0px; font-size: 24pt;"&gt;&amp;nbsp; &amp;nbsp; 02) 412-0044 상담부탁드립니다&lt;/span&gt;&lt;/span&gt;&lt;span style="font-size: 24pt;"&gt;&amp;nbsp; &amp;nbsp;&lt;/span&gt;&lt;/b&gt;&lt;/p&gt;&lt;/div&gt;&lt;/div&gt;&lt;p&gt;&lt;b style="font-family: &amp;quot;Nanum Gothic&amp;quot;, sans-serif; letter-spacing: -0.3px; text-align: center; margin-top: 0px; font-size: 12pt;"&gt;&lt;/b&gt;&lt;b style="font-size: 12pt; letter-spacing: -0.3px; text-align: center; font-family: &amp;quot;Nanum Gothic&amp;quot;, sans-serif;"&gt;&amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp; &amp;nbsp;&amp;nbsp;&lt;/b&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
     <t xml:space="preserve"> / 포장불가능</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t xml:space="preserve">*VAT별도  </t>
   </si>
   <si>
     <t>단가</t>
   </si>
   <si>
     <t>【상품 URL】</t>
   </si>
   <si>
     <t>https://www.easy1.co.kr:443/src/goods_detail.php?gdno=31745</t>
   </si>
@@ -322,51 +322,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1a09f8abd8f20cf78c7434231336dd2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec167cfb14151a7203e83b5e88d707232.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1571625" cy="352425"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Picture 5" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>